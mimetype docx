--- v0 (2025-10-22)
+++ v1 (2026-02-18)
@@ -28,852 +28,917 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction to Latin American Liberation Theology </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRPr="005F52EB" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RET6043A</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D0B7E" w:rsidRPr="00A61C3D" w:rsidRDefault="00215E83" w:rsidP="003D0B7E">
+    <w:p w:rsidR="003D0B7E" w:rsidRPr="00A61C3D" w:rsidRDefault="00833F5D" w:rsidP="003D0B7E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Seminar Room H</w:t>
+        <w:t>Mal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>á posluchárna</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00B0302B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Wednes</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>day, 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>0–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>0–1</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D0B7E" w:rsidRPr="00A61C3D" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
+    <w:p w:rsidR="003D0B7E" w:rsidRPr="006B56A0" w:rsidRDefault="006B56A0" w:rsidP="003D0B7E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="00DA5C52" w:rsidRDefault="005B2385" w:rsidP="003D0B7E">
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Prof</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B7E" w:rsidRPr="006B56A0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>. Tim Noble PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C52" w:rsidRPr="006B56A0" w:rsidRDefault="008E7B56" w:rsidP="003D0B7E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidR="003D0B7E" w:rsidRPr="000412EF">
+        <w:r w:rsidR="003D0B7E" w:rsidRPr="006B56A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>tim@etf.cuni.cz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F662C3" w:rsidRDefault="00F662C3" w:rsidP="003D0B7E">
-[...2 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00F662C3" w:rsidRPr="006B56A0" w:rsidRDefault="00F662C3" w:rsidP="003D0B7E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
       <w:r w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Feb</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00215E83">
+      <w:r w:rsidR="00833F5D">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>18</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C979FC">
         <w:t>Introduction to the Course</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C979FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00C979FC">
         <w:t>istory of Latin America</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and Liberation Theology.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E2CD3" w:rsidRPr="005E2CD3" w:rsidRDefault="003D0B7E" w:rsidP="00F662C3">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="0084769F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00215E83">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001D1BD9">
         <w:t>Lil</w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3">
         <w:t xml:space="preserve">ian Calles Barger, </w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The World Come of Age. An Intellectual History of Liberation Theology</w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3" w:rsidRPr="005E2CD3">
         <w:t>New York,</w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3">
         <w:t xml:space="preserve"> NY : Oxford University Press, </w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3" w:rsidRPr="005E2CD3">
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3">
         <w:t>), 24</w:t>
       </w:r>
       <w:r w:rsidR="005E2CD3">
         <w:softHyphen/>
         <w:t>–30.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRPr="009835CD" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
       <w:pPr>
         <w:ind w:left="1474" w:hanging="1474"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Mar        </w:t>
       </w:r>
-      <w:r w:rsidR="00215E83">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="009835CD">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F662C3" w:rsidRPr="00C979FC">
-[...24 lines deleted...]
-    <w:p w:rsidR="003D0B7E" w:rsidRPr="00C979FC" w:rsidRDefault="00215E83" w:rsidP="003D0B7E">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>No class</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRDefault="00215E83" w:rsidP="003D0B7E">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00C979FC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F662C3" w:rsidRPr="00C979FC">
-[...12 lines deleted...]
-    <w:p w:rsidR="003D0B7E" w:rsidRPr="00C979FC" w:rsidRDefault="0084769F" w:rsidP="003D0B7E">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve">Leonardo and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t>Clodovis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t>Boff</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="008B3971">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Introduction to Liberation Theology</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve"> (Tunbridge Wells: Burns and Oates, 1987), </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t>1–42</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRPr="00C979FC" w:rsidRDefault="0084769F" w:rsidP="00833F5D">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00215E83">
+      <w:r w:rsidR="00833F5D">
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00C979FC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E2CD3" w:rsidRPr="00C979FC">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
         <w:t xml:space="preserve">Gustavo Gutierrez: </w:t>
       </w:r>
-      <w:r w:rsidR="005E2CD3" w:rsidRPr="008B3971">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="008B3971">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>A Theology of Liberation</w:t>
       </w:r>
-      <w:r w:rsidR="005E2CD3">
-[...3 lines deleted...]
-    <w:p w:rsidR="003D0B7E" w:rsidRDefault="00215E83" w:rsidP="003D0B7E">
+      <w:r w:rsidR="00833F5D">
+        <w:t>. Revised Edition. (London: SCM, 1988), 3-12, 29–33, and endnotes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRPr="00C979FC" w:rsidRDefault="00833F5D" w:rsidP="00833F5D">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>26</w:t>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E" w:rsidRPr="00C979FC">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F662C3" w:rsidRPr="00C979FC">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> (Tunbridge Wells: Burns and Oates, 1993), 67–70 and 79–88 and endnotes.</w:t>
+      <w:r w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve">Gustavo Gutierrez: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B3971">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>A Theology of Liberation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Revised Edition. (London: SCM, 1988), 83–105, and endnotes </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E"/>
-    <w:p w:rsidR="00215E83" w:rsidRPr="00C979FC" w:rsidRDefault="003D0B7E" w:rsidP="00605DDD">
+    <w:p w:rsidR="00215E83" w:rsidRPr="00C979FC" w:rsidRDefault="003D0B7E" w:rsidP="00833F5D">
       <w:pPr>
         <w:ind w:left="1418" w:hanging="1418"/>
       </w:pPr>
       <w:r w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Apr</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00215E83">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00215E83" w:rsidRPr="00605DDD">
-[...4 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00215E83" w:rsidRPr="00F662C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00215E83">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00215E83" w:rsidRPr="00C979FC">
-[...23 lines deleted...]
-    <w:p w:rsidR="00605DDD" w:rsidRPr="00A61C3D" w:rsidRDefault="00605DDD" w:rsidP="00605DDD">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00A61C3D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Easter break</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00605DDD" w:rsidRPr="00A61C3D" w:rsidRDefault="00605DDD" w:rsidP="00833F5D">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E2CD3">
-[...4 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00605DDD">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t>Easter break</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRDefault="00605DDD" w:rsidP="00833F5D">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E2CD3" w:rsidRPr="00A61C3D">
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve">Jon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t>Sob</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t>rino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Jesus the Liberator</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve"> (Tunbridge Wells: Burns and Oates, 1993), 67–70 and 79–88 and endnotes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRDefault="0084769F" w:rsidP="00833F5D">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B7E" w:rsidRPr="00A61C3D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Easter break</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2CD3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t xml:space="preserve">Leonardo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t>Boff</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00C979FC">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ecclesiogenesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>. The Base Communities Reinvent the Church</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve"> (London: Collins, 2001), 1–22.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRPr="00A61C3D" w:rsidRDefault="00833F5D" w:rsidP="00833F5D">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">             </w:t>
-[...38 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E">
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Jung Mo Sung, “Economics and Religion: Challenges for Christianity in the Twenty-first Century”, in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Desire, Market and Religion</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (London: SCM, 2007). 76–99.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0B7E" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
+      <w:pPr>
+        <w:ind w:left="1474" w:hanging="1474"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00833F5D" w:rsidRDefault="003D0B7E" w:rsidP="008E7B56">
+      <w:pPr>
+        <w:ind w:left="1474" w:hanging="1474"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61C3D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F662C3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F662C3" w:rsidRPr="00F662C3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F662C3" w:rsidRPr="00833F5D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F662C3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve">Maria Clara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t>Bingemer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve">, “Gender and Human Rights in Latin America”, in Maria Clara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t>Bingemer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Latin American Theology. Roots and Branches</w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t>Maryknoll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t xml:space="preserve">, NY: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t>Orbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00833F5D">
+        <w:t>, 2016), 69–85 (e-version without page numbers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D4493A" w:rsidRPr="008E7B56" w:rsidRDefault="00605DDD" w:rsidP="00D4493A">
+      <w:pPr>
+        <w:ind w:left="2138" w:hanging="1418"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E7B56">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00833F5D" w:rsidRPr="008E7B56">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4493A" w:rsidRPr="008E7B56">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B56" w:rsidRPr="008E7B56">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Rector’s Day. No class</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4493A" w:rsidRPr="008E7B56">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0B7E" w:rsidRDefault="0084769F" w:rsidP="006545BA">
+      <w:pPr>
+        <w:ind w:left="1474" w:hanging="754"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00605DDD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0B7E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve">Juan Luis Segundo, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B56">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>The Liberation of Theology</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t>Maryknoll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve">, NY: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t>Orbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t>, 1976), 125–53.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F662C3" w:rsidRPr="0010390F" w:rsidRDefault="003D0B7E" w:rsidP="006545BA">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="1418"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00605DDD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve">Daniel Castillo, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B56">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>An Ecological Theology of Liberation. Salvation and Political Ecology</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t>Maryknoll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve">, NY: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t>Orbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t xml:space="preserve">, 2019), Chapter 1, Towards an Ecological Theology of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E7B56">
+        <w:t>Liberation.</w:t>
+      </w:r>
       <w:r w:rsidR="006545BA">
-        <w:t xml:space="preserve">Maria Clara </w:t>
-[...3 lines deleted...]
-        <w:t>Bingemer</w:t>
+        <w:t>Tim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006545BA">
-        <w:t xml:space="preserve">, “Gender and Human Rights in Latin America”, in Maria Clara </w:t>
-[...231 lines deleted...]
-        <w:t xml:space="preserve">Tim Noble, </w:t>
+        <w:t xml:space="preserve"> Noble, </w:t>
       </w:r>
       <w:r w:rsidR="006545BA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Liberation Against Entitlement. Conflicting Theologies of Grace and Clashing Populisms</w:t>
       </w:r>
       <w:r w:rsidR="006545BA">
         <w:t xml:space="preserve"> (Eugene, OR: Pickwick, 2022), 146–74.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006545BA" w:rsidRDefault="003D0B7E" w:rsidP="006545BA">
       <w:pPr>
         <w:ind w:left="1474" w:hanging="1474"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRPr="00B234C7" w:rsidRDefault="003D0B7E" w:rsidP="006545BA">
       <w:pPr>
         <w:ind w:left="1474" w:hanging="1474"/>
       </w:pPr>
       <w:r w:rsidRPr="00B234C7">
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E"/>
     <w:p w:rsidR="003D0B7E" w:rsidRPr="007E26F2" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E26F2">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Course Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E">
       <w:r>
         <w:t>Turn up for the classes. If you miss more than three classes without sufficient reason, you will not be able to pass the course, so please let me know if you can’t make it.</w:t>
@@ -906,52 +971,50 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> theology in </w:t>
       </w:r>
       <w:r w:rsidR="0099333E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>your context</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB24E8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRPr="00A541EC" w:rsidRDefault="00605DDD" w:rsidP="003D0B7E">
       <w:r>
         <w:t xml:space="preserve">If you want to write on something else related to the topic, please ask me. </w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E">
         <w:t xml:space="preserve">As this is a short paper and a </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>big</w:t>
       </w:r>
       <w:r w:rsidR="003D0B7E">
         <w:t xml:space="preserve"> question, obviously you can choose to emphasise certain points more than others, depending on your interests and background.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D0B7E" w:rsidRDefault="003D0B7E" w:rsidP="003D0B7E"/>
     <w:sectPr w:rsidR="003D0B7E" w:rsidSect="00F662C3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -968,119 +1031,123 @@
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D0B7E"/>
     <w:rsid w:val="00011F98"/>
     <w:rsid w:val="0010390F"/>
     <w:rsid w:val="001B0A76"/>
     <w:rsid w:val="001C06EF"/>
     <w:rsid w:val="001C2D0A"/>
     <w:rsid w:val="001D1BD9"/>
     <w:rsid w:val="00215E83"/>
     <w:rsid w:val="00343FE7"/>
     <w:rsid w:val="003D0B7E"/>
     <w:rsid w:val="003D152F"/>
     <w:rsid w:val="00452114"/>
     <w:rsid w:val="004944EC"/>
     <w:rsid w:val="005274DA"/>
     <w:rsid w:val="005B2385"/>
     <w:rsid w:val="005E2CD3"/>
     <w:rsid w:val="00605DDD"/>
     <w:rsid w:val="006545BA"/>
     <w:rsid w:val="006571D4"/>
+    <w:rsid w:val="006B56A0"/>
     <w:rsid w:val="007F4F80"/>
+    <w:rsid w:val="00833F5D"/>
     <w:rsid w:val="0084769F"/>
     <w:rsid w:val="008E0E4B"/>
+    <w:rsid w:val="008E7B56"/>
     <w:rsid w:val="00976982"/>
     <w:rsid w:val="0099333E"/>
     <w:rsid w:val="00AD0CDD"/>
+    <w:rsid w:val="00B24009"/>
     <w:rsid w:val="00C13DEC"/>
     <w:rsid w:val="00D4493A"/>
     <w:rsid w:val="00ED31B1"/>
     <w:rsid w:val="00F662C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="54B28BA6"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{1D3D05ED-964D-4A68-9CBA-0B0AB60C9B72}"/>
+  <w14:docId w14:val="0D67ADD5"/>
+  <w15:docId w15:val="{336CB99C-37D4-4D20-8C4B-328EC2BDF46D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1821,70 +1888,73 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>394</Words>
-  <Characters>2250</Characters>
+  <Words>387</Words>
+  <Characters>2207</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2639</CharactersWithSpaces>
+  <CharactersWithSpaces>2589</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Tim Noble</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>